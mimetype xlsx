--- v0 (2025-10-04)
+++ v1 (2025-11-30)
@@ -5,1074 +5,881 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://smacloud.sharepoint.com/sites/teams-7582/Shared Documents/2. IR/Consensus/Website/2025/Pre H1 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://smacloud.sharepoint.com/sites/teams-7582/Shared Documents/2. IR/Consensus/Website/2025/Pre Q3 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="90" documentId="8_{826F58DA-E765-4695-82F7-91269EAAC25E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A5B6D943-47E3-43AA-BC77-129571CE24D9}"/>
+  <xr:revisionPtr revIDLastSave="176" documentId="13_ncr:1_{0B0E2B03-B7C2-4813-BA83-350AC1336087}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{615E0323-C7F8-4B7E-9488-7FB25A869C5C}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3228A20E-93AB-497C-A3E8-1A4A83EE0AC2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2F7C8E8D-DF35-4321-BAB2-F4B5DDAF3001}"/>
   </bookViews>
   <sheets>
-    <sheet name="OUTPUT Website DE" sheetId="2" r:id="rId1"/>
+    <sheet name="OUTPUT Website EN" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'OUTPUT Website DE'!$A$1:$S$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'OUTPUT Website EN'!$A$1:$Q$29</definedName>
   </definedNames>
-  <calcPr calcId="191028" concurrentManualCount="8"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="49">
+  <si>
+    <t>EBITDA</t>
+  </si>
+  <si>
+    <t>EBIT</t>
+  </si>
+  <si>
+    <t>Paris, FR</t>
+  </si>
+  <si>
+    <t>Anis Zgaya</t>
+  </si>
+  <si>
+    <t>Oddo BHF</t>
+  </si>
+  <si>
+    <t>Guido Hoymann</t>
+  </si>
+  <si>
+    <t>Metzler</t>
+  </si>
+  <si>
+    <t>London, UK</t>
+  </si>
+  <si>
+    <t>Constantin Hesse</t>
+  </si>
+  <si>
+    <t>Jefferies</t>
+  </si>
+  <si>
+    <t>Stamford, US</t>
+  </si>
+  <si>
+    <t>Jeffrey Osborne</t>
+  </si>
+  <si>
+    <t>Lasse Stüben</t>
+  </si>
+  <si>
+    <t>Berenberg</t>
+  </si>
+  <si>
+    <t>Analyst</t>
+  </si>
+  <si>
+    <t>Disclaimer</t>
+  </si>
+  <si>
+    <t>Research Analysts</t>
+  </si>
+  <si>
+    <t>Institut</t>
+  </si>
+  <si>
+    <t>Location</t>
+  </si>
+  <si>
+    <t>Recommendation</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Top</t>
+  </si>
+  <si>
+    <t>Bottom</t>
+  </si>
+  <si>
+    <t>Sales</t>
+  </si>
+  <si>
+    <t>This list serves only as information and is not an invitation to purchase, hold or sell shares. The company is monitored by numerous German and international analysts. The following list contains, according to knowledge available to us, the significant Sell-Side analysts who assess SMA Solar Technology AG (SMA). This list can be incomplete and be changed occasionally. SMA can take no responsibility for a complete account of all analyst reports to be found on the market. Opinions, views or forecasts made, estimations and prognoses given by the listed analysts relating to the performance of SMA do not represent the opinions, views, forecasts, estimations and prognoses of SMA or the Board of Directors of SMA, rather express only the opinions, views, forecasts, estimations and prognoses of these analysts. That SMA makes the names of the analysts available does not mean that the company endorses or is in agreement with their reports, conclusions or recommendations. SMA accepts no liability for the correctness of the account and no obligation for its actualization. Interested parties are obliged to obtain the research reports of the named analysts directly or from their employers. SMA itself does not provide any of these research reports.</t>
+  </si>
   <si>
     <t>SMA Solar Technology AG</t>
   </si>
   <si>
-    <t>Research Analysten</t>
-[...14 lines deleted...]
-    <t>Halten</t>
+    <t>Frankfurt, DE</t>
+  </si>
+  <si>
+    <t>Mengxian Sun</t>
   </si>
   <si>
     <t>Deutsche Bank</t>
   </si>
   <si>
-    <t>Mengxian Sun</t>
-[...102 lines deleted...]
-    <t>Date</t>
+    <t>Target price                in Euro</t>
   </si>
   <si>
     <r>
       <t>Consensus</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="SMA Futura Global"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
+    <t>FY 2025e</t>
+  </si>
+  <si>
     <t>KPIs in m€</t>
   </si>
   <si>
-    <t>Sales</t>
-[...14 lines deleted...]
-    <t>in the lower third of</t>
+    <t>FY 2026e</t>
+  </si>
+  <si>
+    <t>DZ Bank</t>
+  </si>
+  <si>
+    <t>Thorsten Reigber</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>Neutral</t>
+  </si>
+  <si>
+    <t>TD Cowen</t>
+  </si>
+  <si>
+    <t>In the following table you will find a list of banks and stock trading companies as well as the names of the analysts who report about the SMA shares on a regular basis.</t>
+  </si>
+  <si>
+    <t>As of October 29, 2025</t>
+  </si>
+  <si>
+    <t>Sell</t>
+  </si>
+  <si>
+    <t>Q3 2025e</t>
+  </si>
+  <si>
+    <t>9M 2025e</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
         <rFont val="SMA Futura Global"/>
+        <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FF000000"/>
-[...8 lines deleted...]
-        <color rgb="FF000000"/>
         <rFont val="SMA Futura Global"/>
         <family val="2"/>
       </rPr>
-      <t>six analysts</t>
+      <t xml:space="preserve"> The consensus is based on the midpoint of the fore mentioned seven analysts.</t>
     </r>
-    <r>
-[...13 lines deleted...]
-    <t>FY 2023 rep.</t>
+  </si>
+  <si>
+    <t>Q3 2024 rep.</t>
+  </si>
+  <si>
+    <t>9M 2024 rep.</t>
   </si>
   <si>
     <t>FY 2024 rep.</t>
   </si>
   <si>
     <t>FY 2025 Guidance</t>
-  </si>
-[...1 lines deleted...]
-    <t>FY 2026e</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="#,##0\ &quot;€&quot;;[Red]\-#,##0\ &quot;€&quot;"/>
-    <numFmt numFmtId="170" formatCode="yyyy\-mm\-dd;@"/>
-    <numFmt numFmtId="172" formatCode="#,##0.000"/>
+    <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
+    <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
+      <vertAlign val="superscript"/>
       <sz val="11"/>
-      <name val="SMA Futura Global"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="SMA Futura Global"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color theme="1"/>
+      <name val="SMA Futura Global"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <color theme="0"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
-      <color theme="1"/>
-[...5 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
+      <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <vertAlign val="superscript"/>
-[...2 lines deleted...]
-      <name val="SMA Futura Global"/>
+      <sz val="11"/>
+      <color indexed="9"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-      <color theme="0"/>
+      <sz val="14"/>
+      <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <vertAlign val="superscript"/>
-      <sz val="11"/>
-[...36 lines deleted...]
-      <color rgb="FF000000"/>
+      <sz val="14"/>
+      <color theme="1"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color rgb="FFFFFFFF"/>
-[...11 lines deleted...]
-      <color rgb="FFFFFFFF"/>
+      <color rgb="FFFF0000"/>
       <name val="SMA Futura Global"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF004A7F"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FF004A7F"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFBFBFBF"/>
-[...18 lines deleted...]
-        <bgColor rgb="FF000000"/>
+        <fgColor rgb="FF4F81BD"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="6" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="104">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="6" fontId="1" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...150 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="blp_column_header" xfId="1" xr:uid="{16EB357C-9878-4387-AD81-414FFBB68285}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>223606</xdr:colOff>
+      <xdr:colOff>234461</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="728589" cy="475310"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFEA11BC-213A-4CDC-B45E-EA4EEE645A1A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{175231D9-1292-43DC-A2BD-711A43B0D22E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7727649" y="0"/>
+          <a:off x="11807336" y="0"/>
           <a:ext cx="728589" cy="475310"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
     <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -1341,1581 +1148,1529 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B616989A-4C2C-4CF2-94B6-E71C889C526F}">
-  <dimension ref="A1:BN40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C6D71A1-EE18-442A-9F98-C4776E3D5FB1}">
+  <dimension ref="A1:BP39"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScale="160" zoomScaleNormal="160" workbookViewId="0">
-      <selection activeCell="S15" sqref="S15"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.44140625" style="1" bestFit="1" customWidth="1"/>
-[...45 lines deleted...]
-    <col min="50" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="11" style="1" customWidth="1"/>
+    <col min="2" max="2" width="0.7109375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" style="4" customWidth="1"/>
+    <col min="4" max="4" width="9.42578125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="7.140625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="9.5703125" style="4" customWidth="1"/>
+    <col min="7" max="7" width="8.85546875" style="4" customWidth="1"/>
+    <col min="8" max="8" width="8.85546875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="4.7109375" style="4" customWidth="1"/>
+    <col min="10" max="10" width="5.28515625" style="5" customWidth="1"/>
+    <col min="11" max="11" width="8.5703125" style="5" customWidth="1"/>
+    <col min="12" max="12" width="7.140625" style="3" customWidth="1"/>
+    <col min="13" max="13" width="7.140625" style="4" customWidth="1"/>
+    <col min="14" max="14" width="7.140625" style="3" customWidth="1"/>
+    <col min="15" max="15" width="7.140625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="7" customWidth="1"/>
+    <col min="17" max="17" width="7.140625" customWidth="1"/>
+    <col min="18" max="18" width="9.7109375" customWidth="1"/>
+    <col min="19" max="19" width="1.42578125" customWidth="1"/>
+    <col min="20" max="20" width="9.7109375" customWidth="1"/>
+    <col min="21" max="21" width="1.42578125" customWidth="1"/>
+    <col min="22" max="22" width="9.7109375" customWidth="1"/>
+    <col min="23" max="23" width="1.42578125" customWidth="1"/>
+    <col min="24" max="24" width="9.7109375" customWidth="1"/>
+    <col min="25" max="25" width="1.28515625" customWidth="1"/>
+    <col min="26" max="26" width="2.28515625" customWidth="1"/>
+    <col min="27" max="27" width="9.7109375" customWidth="1"/>
+    <col min="28" max="28" width="1.42578125" customWidth="1"/>
+    <col min="29" max="32" width="8" customWidth="1"/>
+    <col min="33" max="33" width="1.42578125" customWidth="1"/>
+    <col min="34" max="34" width="9.7109375" customWidth="1"/>
+    <col min="35" max="35" width="1.42578125" customWidth="1"/>
+    <col min="36" max="36" width="9.7109375" customWidth="1"/>
+    <col min="37" max="37" width="1.42578125" customWidth="1"/>
+    <col min="38" max="38" width="9.7109375" customWidth="1"/>
+    <col min="39" max="39" width="1.28515625" customWidth="1"/>
+    <col min="40" max="40" width="11.5703125" customWidth="1"/>
+    <col min="41" max="41" width="2.140625" customWidth="1"/>
+    <col min="42" max="42" width="11.5703125" customWidth="1"/>
+    <col min="43" max="43" width="2.140625" customWidth="1"/>
+    <col min="44" max="44" width="3.28515625" customWidth="1"/>
+    <col min="45" max="45" width="4.42578125" customWidth="1"/>
+    <col min="46" max="46" width="5.140625" customWidth="1"/>
+    <col min="47" max="47" width="1.7109375" customWidth="1"/>
+    <col min="48" max="16384" width="11.5703125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:66" ht="39" customHeight="1" x14ac:dyDescent="0.3">
-[...120 lines deleted...]
-      <c r="K6" s="47" t="s">
+    <row r="1" spans="1:64" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="60" t="s">
+        <v>25</v>
+      </c>
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
+      <c r="H1" s="60"/>
+      <c r="I1" s="60"/>
+      <c r="J1" s="60"/>
+      <c r="K1" s="60"/>
+      <c r="L1" s="60"/>
+      <c r="M1" s="60"/>
+      <c r="N1" s="60"/>
+      <c r="O1" s="60"/>
+    </row>
+    <row r="2" spans="1:64" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="34"/>
+      <c r="B2" s="34"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="34"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="34"/>
+      <c r="I2" s="34"/>
+      <c r="J2" s="34"/>
+      <c r="K2" s="34"/>
+      <c r="L2" s="34"/>
+      <c r="M2" s="34"/>
+      <c r="N2" s="34"/>
+    </row>
+    <row r="3" spans="1:64" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="54"/>
+      <c r="C3" s="54"/>
+      <c r="D3" s="54"/>
+      <c r="E3" s="54"/>
+      <c r="F3" s="54"/>
+      <c r="G3" s="54"/>
+      <c r="H3" s="54"/>
+      <c r="I3" s="54"/>
+      <c r="J3" s="54"/>
+      <c r="K3" s="54"/>
+      <c r="L3" s="54"/>
+      <c r="M3" s="54"/>
+      <c r="N3" s="54"/>
+      <c r="O3" s="54"/>
+    </row>
+    <row r="4" spans="1:64" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="63" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" s="63"/>
+      <c r="C4" s="63"/>
+      <c r="D4" s="63"/>
+      <c r="E4" s="63"/>
+      <c r="F4" s="63"/>
+      <c r="G4" s="63"/>
+      <c r="H4" s="63"/>
+      <c r="I4" s="63"/>
+      <c r="J4" s="63"/>
+      <c r="K4" s="63"/>
+      <c r="L4" s="63"/>
+      <c r="M4" s="63"/>
+      <c r="N4" s="63"/>
+      <c r="O4" s="63"/>
+      <c r="P4" s="63"/>
+      <c r="Q4" s="63"/>
+    </row>
+    <row r="5" spans="1:64" ht="9.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="34"/>
+      <c r="B5" s="34"/>
+      <c r="C5" s="34"/>
+      <c r="D5" s="34"/>
+      <c r="E5" s="34"/>
+      <c r="F5" s="34"/>
+      <c r="G5" s="34"/>
+      <c r="H5" s="34"/>
+      <c r="I5" s="34"/>
+      <c r="J5" s="34"/>
+      <c r="K5" s="34"/>
+      <c r="L5" s="34"/>
+      <c r="O5" s="64" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" s="64"/>
+      <c r="Q5" s="64"/>
+    </row>
+    <row r="6" spans="1:64" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="30"/>
+      <c r="B6" s="34"/>
+      <c r="C6" s="62" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="62"/>
+      <c r="E6" s="62" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="62"/>
+      <c r="G6" s="62"/>
+      <c r="H6" s="62" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="62"/>
+      <c r="J6" s="61" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="61"/>
+      <c r="L6" s="61"/>
+      <c r="M6" s="61" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" s="61"/>
+      <c r="O6" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" s="72"/>
+      <c r="Q6" s="72"/>
+    </row>
+    <row r="7" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="34"/>
+      <c r="B7" s="34"/>
+      <c r="C7" s="63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" s="63"/>
+      <c r="E7" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="63"/>
+      <c r="G7" s="63"/>
+      <c r="H7" s="63" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" s="63"/>
+      <c r="J7" s="63"/>
+      <c r="K7" s="63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" s="63"/>
+      <c r="M7" s="59">
+        <v>22</v>
+      </c>
+      <c r="N7" s="59"/>
+      <c r="O7" s="73">
+        <v>45952</v>
+      </c>
+      <c r="P7" s="73"/>
+      <c r="Q7" s="73"/>
+      <c r="AV7"/>
+    </row>
+    <row r="8" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="34"/>
+      <c r="B8" s="34"/>
+      <c r="C8" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="47"/>
+      <c r="E8" s="47" t="s">
+        <v>27</v>
+      </c>
+      <c r="F8" s="47"/>
+      <c r="G8" s="47"/>
+      <c r="H8" s="47" t="s">
+        <v>26</v>
+      </c>
+      <c r="I8" s="47"/>
+      <c r="J8" s="47"/>
+      <c r="K8" s="74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" s="74"/>
+      <c r="M8" s="48">
+        <v>17</v>
+      </c>
+      <c r="N8" s="48"/>
+      <c r="O8" s="49">
+        <v>45943</v>
+      </c>
+      <c r="P8" s="49"/>
+      <c r="Q8" s="49"/>
+    </row>
+    <row r="9" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="34"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="63" t="s">
         <v>34</v>
       </c>
-      <c r="L6" s="47"/>
-      <c r="M6" s="48" t="s">
+      <c r="D9" s="63"/>
+      <c r="E9" s="63" t="s">
         <v>35</v>
       </c>
-      <c r="N6" s="48"/>
-      <c r="O6" s="49" t="s">
+      <c r="F9" s="63"/>
+      <c r="G9" s="63"/>
+      <c r="H9" s="63" t="s">
+        <v>26</v>
+      </c>
+      <c r="I9" s="63"/>
+      <c r="J9" s="63"/>
+      <c r="K9" s="63" t="s">
+        <v>41</v>
+      </c>
+      <c r="L9" s="63"/>
+      <c r="M9" s="59">
+        <v>13</v>
+      </c>
+      <c r="N9" s="59"/>
+      <c r="O9" s="73">
+        <v>45946</v>
+      </c>
+      <c r="P9" s="73"/>
+      <c r="Q9" s="73"/>
+    </row>
+    <row r="10" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="34"/>
+      <c r="B10" s="34"/>
+      <c r="C10" s="47" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="47"/>
+      <c r="E10" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" s="47"/>
+      <c r="G10" s="47"/>
+      <c r="H10" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="I10" s="47"/>
+      <c r="J10" s="47"/>
+      <c r="K10" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="P6" s="49"/>
-[...14 lines deleted...]
-      <c r="H7" s="65" t="s">
+      <c r="L10" s="47"/>
+      <c r="M10" s="48">
+        <v>22</v>
+      </c>
+      <c r="N10" s="48"/>
+      <c r="O10" s="49">
+        <v>45957</v>
+      </c>
+      <c r="P10" s="49"/>
+      <c r="Q10" s="49"/>
+    </row>
+    <row r="11" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="29"/>
+      <c r="C11" s="63" t="s">
+        <v>6</v>
+      </c>
+      <c r="D11" s="63"/>
+      <c r="E11" s="63" t="s">
         <v>5</v>
       </c>
-      <c r="I7" s="65"/>
-[...147 lines deleted...]
-      <c r="Q11" s="95"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="63"/>
+      <c r="H11" s="63" t="s">
+        <v>26</v>
+      </c>
+      <c r="I11" s="63"/>
+      <c r="J11" s="63"/>
+      <c r="K11" s="63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" s="63"/>
+      <c r="M11" s="75">
+        <v>15.5</v>
+      </c>
+      <c r="N11" s="75"/>
+      <c r="O11" s="73">
+        <v>45945</v>
+      </c>
+      <c r="P11" s="73"/>
+      <c r="Q11" s="73"/>
+      <c r="BB11"/>
+      <c r="BC11"/>
       <c r="BD11"/>
       <c r="BE11"/>
       <c r="BF11"/>
       <c r="BG11"/>
       <c r="BH11"/>
       <c r="BI11"/>
       <c r="BJ11"/>
       <c r="BK11"/>
       <c r="BL11"/>
-      <c r="BM11"/>
-[...30 lines deleted...]
-      <c r="Q12" s="94"/>
+    </row>
+    <row r="12" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="29"/>
+      <c r="C12" s="47" t="s">
+        <v>4</v>
+      </c>
+      <c r="D12" s="47"/>
+      <c r="E12" s="47" t="s">
+        <v>3</v>
+      </c>
+      <c r="F12" s="47"/>
+      <c r="G12" s="47"/>
+      <c r="H12" s="47" t="s">
+        <v>2</v>
+      </c>
+      <c r="I12" s="47"/>
+      <c r="J12" s="76"/>
+      <c r="K12" s="47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" s="47"/>
+      <c r="M12" s="48">
+        <v>16</v>
+      </c>
+      <c r="N12" s="48"/>
+      <c r="O12" s="49">
+        <v>45953</v>
+      </c>
+      <c r="P12" s="49"/>
+      <c r="Q12" s="49"/>
+      <c r="BB12"/>
+      <c r="BC12"/>
       <c r="BD12"/>
       <c r="BE12"/>
       <c r="BF12"/>
       <c r="BG12"/>
       <c r="BH12"/>
       <c r="BI12"/>
       <c r="BJ12"/>
       <c r="BK12"/>
       <c r="BL12"/>
-      <c r="BM12"/>
-[...34 lines deleted...]
-      <c r="B14" s="32"/>
+    </row>
+    <row r="13" spans="1:64" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="29"/>
+      <c r="C13" s="63" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" s="63"/>
+      <c r="E13" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="63"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63" t="s">
+        <v>10</v>
+      </c>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13" s="63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" s="63"/>
+      <c r="M13" s="59">
+        <v>18</v>
+      </c>
+      <c r="N13" s="59"/>
+      <c r="O13" s="73">
+        <v>45950</v>
+      </c>
+      <c r="P13" s="73"/>
+      <c r="Q13" s="73"/>
+      <c r="BB13"/>
+      <c r="BC13"/>
+      <c r="BD13"/>
+      <c r="BE13"/>
+      <c r="BF13"/>
+      <c r="BG13"/>
+      <c r="BH13"/>
+      <c r="BI13"/>
+      <c r="BJ13"/>
+      <c r="BK13"/>
+      <c r="BL13"/>
+    </row>
+    <row r="14" spans="1:64" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="29"/>
+      <c r="BB14"/>
+      <c r="BC14"/>
       <c r="BD14"/>
       <c r="BE14"/>
       <c r="BF14"/>
       <c r="BG14"/>
       <c r="BH14"/>
       <c r="BI14"/>
       <c r="BJ14"/>
       <c r="BK14"/>
       <c r="BL14"/>
-      <c r="BM14"/>
-[...21 lines deleted...]
-      <c r="Q15" s="44"/>
+    </row>
+    <row r="15" spans="1:64" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="54" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="54"/>
+      <c r="C15" s="54"/>
+      <c r="D15" s="54"/>
+      <c r="E15" s="54"/>
+      <c r="F15" s="54"/>
+      <c r="G15" s="54"/>
+      <c r="H15" s="54"/>
+      <c r="I15" s="54"/>
+      <c r="J15" s="54"/>
+      <c r="K15" s="54"/>
+      <c r="L15" s="54"/>
+      <c r="M15" s="54"/>
+      <c r="N15" s="54"/>
+      <c r="O15" s="54"/>
+      <c r="BB15"/>
+      <c r="BC15"/>
       <c r="BD15"/>
       <c r="BE15"/>
       <c r="BF15"/>
       <c r="BG15"/>
       <c r="BH15"/>
       <c r="BI15"/>
       <c r="BJ15"/>
       <c r="BK15"/>
       <c r="BL15"/>
-      <c r="BM15"/>
-[...3 lines deleted...]
-      <c r="B16" s="32"/>
+    </row>
+    <row r="16" spans="1:64" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="29"/>
+      <c r="BB16"/>
+      <c r="BC16"/>
       <c r="BD16"/>
       <c r="BE16"/>
       <c r="BF16"/>
       <c r="BG16"/>
       <c r="BH16"/>
       <c r="BI16"/>
       <c r="BJ16"/>
       <c r="BK16"/>
       <c r="BL16"/>
-      <c r="BM16"/>
-[...10 lines deleted...]
-      <c r="H17" s="41"/>
+    </row>
+    <row r="17" spans="1:68" s="24" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="27"/>
+      <c r="C17" s="57" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="55" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" s="56"/>
+      <c r="F17" s="57" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17" s="56"/>
       <c r="I17"/>
-      <c r="J17" s="41"/>
-[...2 lines deleted...]
-      <c r="O17" s="41"/>
+      <c r="K17" s="57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="M17" s="56"/>
+      <c r="N17" s="68" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" s="69"/>
+      <c r="P17" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q17" s="56"/>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
       <c r="AA17"/>
       <c r="AB17"/>
       <c r="AC17"/>
       <c r="AD17"/>
       <c r="AE17"/>
       <c r="AF17"/>
       <c r="AG17"/>
       <c r="AH17"/>
       <c r="AI17"/>
       <c r="AJ17"/>
       <c r="AK17"/>
       <c r="AL17"/>
       <c r="AM17"/>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
-      <c r="AX17" s="7"/>
-      <c r="AY17" s="7"/>
+      <c r="AX17"/>
+      <c r="AY17"/>
       <c r="BD17"/>
       <c r="BE17"/>
       <c r="BF17"/>
       <c r="BG17"/>
       <c r="BH17"/>
       <c r="BI17"/>
       <c r="BJ17"/>
       <c r="BK17"/>
       <c r="BL17"/>
       <c r="BM17"/>
       <c r="BN17"/>
     </row>
-    <row r="18" spans="1:66" s="18" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...38 lines deleted...]
-      <c r="S18"/>
+    <row r="18" spans="1:68" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="28"/>
+      <c r="B18" s="27"/>
+      <c r="C18" s="58"/>
+      <c r="D18" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" s="58"/>
+      <c r="G18" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="I18"/>
+      <c r="K18" s="58"/>
+      <c r="L18" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="M18" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="N18" s="70"/>
+      <c r="O18" s="71"/>
+      <c r="P18" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q18" s="25" t="s">
+        <v>21</v>
+      </c>
       <c r="T18"/>
       <c r="U18"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
-      <c r="AX18" s="7"/>
-      <c r="AY18" s="7"/>
+      <c r="AX18"/>
+      <c r="AY18"/>
       <c r="BD18"/>
       <c r="BE18"/>
       <c r="BF18"/>
       <c r="BG18"/>
       <c r="BH18"/>
       <c r="BI18"/>
       <c r="BJ18"/>
       <c r="BK18"/>
       <c r="BL18"/>
       <c r="BM18"/>
       <c r="BN18"/>
     </row>
-    <row r="19" spans="1:66" s="18" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...50 lines deleted...]
-      <c r="AU19"/>
+    <row r="19" spans="1:68" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="12"/>
+      <c r="C19" s="36">
+        <v>300.39999999999998</v>
+      </c>
+      <c r="D19" s="65">
+        <v>444</v>
+      </c>
+      <c r="E19" s="66"/>
+      <c r="F19" s="36">
+        <v>1059.7</v>
+      </c>
+      <c r="G19" s="65">
+        <v>1129</v>
+      </c>
+      <c r="H19" s="66"/>
+      <c r="I19"/>
+      <c r="J19"/>
+      <c r="K19" s="36">
+        <v>1530</v>
+      </c>
+      <c r="L19" s="65">
+        <v>1475</v>
+      </c>
+      <c r="M19" s="66"/>
+      <c r="N19" s="37"/>
+      <c r="O19" s="38"/>
+      <c r="P19" s="65">
+        <v>1460</v>
+      </c>
+      <c r="Q19" s="66"/>
+      <c r="R19" s="3"/>
+      <c r="S19" s="1"/>
       <c r="AV19"/>
       <c r="AW19"/>
-      <c r="AX19" s="7"/>
-[...2 lines deleted...]
-      <c r="BE19"/>
+      <c r="AX19"/>
+      <c r="AY19"/>
+      <c r="AZ19"/>
+      <c r="BA19"/>
       <c r="BF19"/>
       <c r="BG19"/>
       <c r="BH19"/>
       <c r="BI19"/>
       <c r="BJ19"/>
       <c r="BK19"/>
       <c r="BL19"/>
       <c r="BM19"/>
       <c r="BN19"/>
-    </row>
-[...55 lines deleted...]
-      <c r="AU20"/>
+      <c r="BO19"/>
+      <c r="BP19"/>
+    </row>
+    <row r="20" spans="1:68" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="16"/>
+      <c r="B20" s="12"/>
+      <c r="C20" s="36"/>
+      <c r="D20" s="39">
+        <v>434</v>
+      </c>
+      <c r="E20" s="40">
+        <v>451</v>
+      </c>
+      <c r="F20" s="36"/>
+      <c r="G20" s="39">
+        <v>1119</v>
+      </c>
+      <c r="H20" s="40">
+        <v>1135</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20"/>
+      <c r="K20" s="36"/>
+      <c r="L20" s="39">
+        <v>1448</v>
+      </c>
+      <c r="M20" s="40">
+        <v>1505</v>
+      </c>
+      <c r="N20" s="41">
+        <v>1450</v>
+      </c>
+      <c r="O20" s="42">
+        <v>1500</v>
+      </c>
+      <c r="P20" s="39">
+        <v>1373</v>
+      </c>
+      <c r="Q20" s="40">
+        <v>1534</v>
+      </c>
+      <c r="R20" s="3"/>
+      <c r="S20" s="1"/>
       <c r="AV20"/>
       <c r="AW20"/>
-      <c r="AX20" s="7"/>
-[...2 lines deleted...]
-      <c r="BE20"/>
+      <c r="AX20"/>
+      <c r="AY20"/>
+      <c r="AZ20"/>
+      <c r="BA20"/>
       <c r="BF20"/>
       <c r="BG20"/>
       <c r="BH20"/>
       <c r="BI20"/>
       <c r="BJ20"/>
       <c r="BK20"/>
       <c r="BL20"/>
       <c r="BM20"/>
       <c r="BN20"/>
-    </row>
-[...41 lines deleted...]
-      <c r="U21"/>
+      <c r="BO20"/>
+      <c r="BP20"/>
+    </row>
+    <row r="21" spans="1:68" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="B21" s="22"/>
+      <c r="C21" s="21">
+        <v>3</v>
+      </c>
+      <c r="D21" s="52">
+        <v>-41</v>
+      </c>
+      <c r="E21" s="53"/>
+      <c r="F21" s="21">
+        <v>83.5</v>
+      </c>
+      <c r="G21" s="52">
+        <v>-32</v>
+      </c>
+      <c r="H21" s="53"/>
+      <c r="I21"/>
+      <c r="J21"/>
+      <c r="K21" s="21">
+        <v>-15.9</v>
+      </c>
+      <c r="L21" s="52">
+        <v>-51</v>
+      </c>
+      <c r="M21" s="53"/>
+      <c r="N21" s="18"/>
+      <c r="O21" s="17"/>
+      <c r="P21" s="52">
+        <v>110</v>
+      </c>
+      <c r="Q21" s="53"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
       <c r="AA21"/>
       <c r="AB21"/>
+      <c r="AC21"/>
+      <c r="AD21"/>
+      <c r="AE21"/>
+      <c r="AF21"/>
+      <c r="AG21"/>
+      <c r="AH21"/>
+      <c r="AI21"/>
+      <c r="AJ21"/>
+      <c r="AK21"/>
+      <c r="AL21"/>
+      <c r="AM21"/>
+      <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
-      <c r="AX21" s="7"/>
-[...2 lines deleted...]
-      <c r="BE21"/>
+      <c r="AX21"/>
+      <c r="AY21"/>
+      <c r="AZ21" s="35"/>
+      <c r="BA21" s="14"/>
       <c r="BF21"/>
       <c r="BG21"/>
       <c r="BH21"/>
       <c r="BI21"/>
       <c r="BJ21"/>
       <c r="BK21"/>
       <c r="BL21"/>
       <c r="BM21"/>
       <c r="BN21"/>
-    </row>
-[...23 lines deleted...]
-      <c r="K22" s="27">
+      <c r="BO21"/>
+      <c r="BP21"/>
+    </row>
+    <row r="22" spans="1:68" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="23"/>
+      <c r="B22" s="22"/>
+      <c r="C22" s="21"/>
+      <c r="D22" s="20">
+        <v>-75</v>
+      </c>
+      <c r="E22" s="19">
+        <v>-25</v>
+      </c>
+      <c r="F22" s="21"/>
+      <c r="G22" s="20">
+        <v>-66</v>
+      </c>
+      <c r="H22" s="19">
         <v>-16</v>
       </c>
-      <c r="L22" s="55">
-[...14 lines deleted...]
-      <c r="U22"/>
+      <c r="I22"/>
+      <c r="J22"/>
+      <c r="K22" s="21"/>
+      <c r="L22" s="20">
+        <v>-80</v>
+      </c>
+      <c r="M22" s="19">
+        <v>-36</v>
+      </c>
+      <c r="N22" s="18">
+        <v>-80</v>
+      </c>
+      <c r="O22" s="17">
+        <v>-30</v>
+      </c>
+      <c r="P22" s="20">
+        <v>101</v>
+      </c>
+      <c r="Q22" s="19">
+        <v>141</v>
+      </c>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
       <c r="AA22"/>
       <c r="AB22"/>
+      <c r="AC22"/>
+      <c r="AD22"/>
+      <c r="AE22"/>
+      <c r="AF22"/>
+      <c r="AG22"/>
+      <c r="AH22"/>
+      <c r="AI22"/>
+      <c r="AJ22"/>
+      <c r="AK22"/>
+      <c r="AL22"/>
+      <c r="AM22"/>
+      <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
-      <c r="AX22" s="7"/>
-[...2 lines deleted...]
-      <c r="BE22"/>
+      <c r="AX22"/>
+      <c r="AY22"/>
+      <c r="AZ22" s="35"/>
+      <c r="BA22" s="14"/>
       <c r="BF22"/>
       <c r="BG22"/>
       <c r="BH22"/>
       <c r="BI22"/>
       <c r="BJ22"/>
       <c r="BK22"/>
       <c r="BL22"/>
       <c r="BM22"/>
       <c r="BN22"/>
-    </row>
-[...41 lines deleted...]
-      <c r="U23"/>
+      <c r="BO22"/>
+      <c r="BP22"/>
+    </row>
+    <row r="23" spans="1:68" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="B23" s="15"/>
+      <c r="C23" s="36">
+        <v>-10.199999999999999</v>
+      </c>
+      <c r="D23" s="50">
+        <v>-102</v>
+      </c>
+      <c r="E23" s="51"/>
+      <c r="F23" s="36">
+        <v>45.9</v>
+      </c>
+      <c r="G23" s="50">
+        <v>-121</v>
+      </c>
+      <c r="H23" s="51"/>
+      <c r="I23"/>
+      <c r="J23"/>
+      <c r="K23" s="36">
+        <v>-93.1</v>
+      </c>
+      <c r="L23" s="50">
+        <v>-147</v>
+      </c>
+      <c r="M23" s="51"/>
+      <c r="N23" s="41"/>
+      <c r="O23" s="42"/>
+      <c r="P23" s="50">
+        <v>48</v>
+      </c>
+      <c r="Q23" s="51"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
+      <c r="AC23"/>
+      <c r="AD23"/>
+      <c r="AE23"/>
+      <c r="AF23"/>
+      <c r="AG23"/>
+      <c r="AH23"/>
+      <c r="AI23"/>
+      <c r="AJ23"/>
+      <c r="AK23"/>
+      <c r="AL23"/>
+      <c r="AM23"/>
+      <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
-      <c r="AX23" s="7"/>
-[...2 lines deleted...]
-      <c r="BE23"/>
+      <c r="AX23"/>
+      <c r="AY23"/>
+      <c r="AZ23" s="6"/>
+      <c r="BA23" s="6"/>
       <c r="BF23"/>
       <c r="BG23"/>
       <c r="BH23"/>
       <c r="BI23"/>
       <c r="BJ23"/>
       <c r="BK23"/>
       <c r="BL23"/>
       <c r="BM23"/>
       <c r="BN23"/>
-    </row>
-[...41 lines deleted...]
-      <c r="U24"/>
+      <c r="BO23"/>
+      <c r="BP23"/>
+    </row>
+    <row r="24" spans="1:68" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="16"/>
+      <c r="B24" s="15"/>
+      <c r="C24" s="43"/>
+      <c r="D24" s="31">
+        <v>-108</v>
+      </c>
+      <c r="E24" s="32">
+        <v>-90</v>
+      </c>
+      <c r="F24" s="43"/>
+      <c r="G24" s="31">
+        <v>-127</v>
+      </c>
+      <c r="H24" s="32">
+        <v>-109</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24"/>
+      <c r="K24" s="43"/>
+      <c r="L24" s="31">
+        <v>-166</v>
+      </c>
+      <c r="M24" s="32">
+        <v>-114</v>
+      </c>
+      <c r="N24" s="44">
+        <v>-190</v>
+      </c>
+      <c r="O24" s="45">
+        <v>-140</v>
+      </c>
+      <c r="P24" s="31">
+        <v>34</v>
+      </c>
+      <c r="Q24" s="32">
+        <v>72</v>
+      </c>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
+      <c r="AC24"/>
+      <c r="AD24"/>
+      <c r="AE24"/>
+      <c r="AF24"/>
+      <c r="AG24"/>
+      <c r="AH24"/>
+      <c r="AI24"/>
+      <c r="AJ24"/>
+      <c r="AK24"/>
+      <c r="AL24"/>
+      <c r="AM24"/>
+      <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
-      <c r="AX24" s="7"/>
-[...2 lines deleted...]
-      <c r="BE24"/>
+      <c r="AX24"/>
+      <c r="AY24"/>
+      <c r="AZ24" s="6"/>
+      <c r="BA24" s="6"/>
       <c r="BF24"/>
       <c r="BG24"/>
       <c r="BH24"/>
       <c r="BI24"/>
       <c r="BJ24"/>
       <c r="BK24"/>
       <c r="BL24"/>
       <c r="BM24"/>
       <c r="BN24"/>
-    </row>
-[...37 lines deleted...]
-      </c>
+      <c r="BO24"/>
+      <c r="BP24"/>
+    </row>
+    <row r="25" spans="1:68" s="13" customFormat="1" ht="7.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="16"/>
+      <c r="B25" s="15"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="46"/>
+      <c r="E25"/>
+      <c r="F25"/>
+      <c r="G25"/>
+      <c r="H25" s="46"/>
+      <c r="I25" s="46"/>
+      <c r="J25"/>
+      <c r="K25"/>
+      <c r="L25" s="46"/>
+      <c r="M25" s="46"/>
+      <c r="N25"/>
+      <c r="O25"/>
+      <c r="P25"/>
+      <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
-      <c r="AE25" s="15"/>
-[...8 lines deleted...]
-      <c r="AN25" s="14"/>
+      <c r="AE25"/>
+      <c r="AF25"/>
+      <c r="AG25"/>
+      <c r="AH25"/>
+      <c r="AI25"/>
+      <c r="AJ25"/>
+      <c r="AK25"/>
+      <c r="AL25"/>
+      <c r="AM25"/>
+      <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
-      <c r="AV25"/>
-[...2 lines deleted...]
-      <c r="AY25" s="7"/>
+      <c r="AV25" s="6"/>
+      <c r="AW25" s="6"/>
+      <c r="BB25"/>
+      <c r="BC25"/>
       <c r="BD25"/>
       <c r="BE25"/>
       <c r="BF25"/>
       <c r="BG25"/>
       <c r="BH25"/>
       <c r="BI25"/>
       <c r="BJ25"/>
       <c r="BK25"/>
       <c r="BL25"/>
-      <c r="BM25"/>
-[...6 lines deleted...]
-      <c r="AX26" s="8"/>
+    </row>
+    <row r="26" spans="1:68" x14ac:dyDescent="0.25">
+      <c r="A26" s="6"/>
+      <c r="B26" s="6"/>
+      <c r="C26" s="67" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="67"/>
+      <c r="E26" s="67"/>
+      <c r="F26" s="67"/>
+      <c r="G26" s="67"/>
+      <c r="H26" s="67"/>
+      <c r="I26" s="67"/>
+      <c r="J26" s="67"/>
+      <c r="K26" s="67"/>
+      <c r="L26" s="67"/>
+      <c r="M26" s="67"/>
+      <c r="N26" s="67"/>
+      <c r="O26" s="11"/>
+      <c r="AV26" s="8"/>
+      <c r="BB26"/>
+      <c r="BC26"/>
       <c r="BD26"/>
       <c r="BE26"/>
       <c r="BF26"/>
       <c r="BG26"/>
       <c r="BH26"/>
       <c r="BI26"/>
       <c r="BJ26"/>
       <c r="BK26"/>
       <c r="BL26"/>
-      <c r="BM26"/>
-[...22 lines deleted...]
-      <c r="AX27" s="8"/>
+    </row>
+    <row r="27" spans="1:68" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="6"/>
+      <c r="B27" s="6"/>
+      <c r="C27" s="33"/>
+      <c r="D27" s="33"/>
+      <c r="E27" s="33"/>
+      <c r="F27" s="33"/>
+      <c r="G27" s="33"/>
+      <c r="H27" s="33"/>
+      <c r="I27" s="33"/>
+      <c r="J27" s="33"/>
+      <c r="K27" s="33"/>
+      <c r="L27" s="33"/>
+      <c r="M27" s="33"/>
+      <c r="N27" s="33"/>
+      <c r="O27" s="33"/>
+      <c r="AV27" s="8"/>
+      <c r="BB27"/>
+      <c r="BC27"/>
       <c r="BD27"/>
       <c r="BE27"/>
       <c r="BF27"/>
       <c r="BG27"/>
       <c r="BH27"/>
       <c r="BI27"/>
       <c r="BJ27"/>
       <c r="BK27"/>
       <c r="BL27"/>
-      <c r="BM27"/>
-[...20 lines deleted...]
-      <c r="AX28" s="8"/>
+    </row>
+    <row r="28" spans="1:68" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="54" t="s">
+        <v>15</v>
+      </c>
+      <c r="B28" s="54"/>
+      <c r="C28" s="54"/>
+      <c r="F28" s="33"/>
+      <c r="J28" s="33"/>
+      <c r="K28" s="33"/>
+      <c r="L28" s="33"/>
+      <c r="M28" s="33"/>
+      <c r="N28" s="33"/>
+      <c r="O28" s="33"/>
+      <c r="AV28" s="8"/>
+      <c r="BB28"/>
+      <c r="BC28"/>
       <c r="BD28"/>
       <c r="BE28"/>
       <c r="BF28"/>
       <c r="BG28"/>
       <c r="BH28"/>
       <c r="BI28"/>
       <c r="BJ28"/>
       <c r="BK28"/>
       <c r="BL28"/>
-      <c r="BM28"/>
-[...22 lines deleted...]
-      <c r="AX29" s="8"/>
+    </row>
+    <row r="29" spans="1:68" ht="128.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" s="63"/>
+      <c r="C29" s="63"/>
+      <c r="D29" s="63"/>
+      <c r="E29" s="63"/>
+      <c r="F29" s="63"/>
+      <c r="G29" s="63"/>
+      <c r="H29" s="63"/>
+      <c r="I29" s="63"/>
+      <c r="J29" s="63"/>
+      <c r="K29" s="63"/>
+      <c r="L29" s="63"/>
+      <c r="M29" s="63"/>
+      <c r="N29" s="63"/>
+      <c r="O29" s="63"/>
+      <c r="P29" s="63"/>
+      <c r="Q29" s="63"/>
+      <c r="AV29" s="8"/>
+      <c r="BB29"/>
+      <c r="BC29"/>
       <c r="BD29"/>
       <c r="BE29"/>
       <c r="BF29"/>
       <c r="BG29"/>
       <c r="BH29"/>
       <c r="BI29"/>
       <c r="BJ29"/>
       <c r="BK29"/>
       <c r="BL29"/>
-      <c r="BM29"/>
-[...44 lines deleted...]
-      <c r="G31" s="9"/>
+    </row>
+    <row r="30" spans="1:68" x14ac:dyDescent="0.25">
+      <c r="A30" s="6"/>
+      <c r="B30" s="6"/>
+      <c r="C30" s="10"/>
+      <c r="D30" s="10"/>
+      <c r="E30" s="10"/>
+      <c r="F30" s="10"/>
+      <c r="G30" s="10"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+      <c r="L30" s="1"/>
+      <c r="M30" s="1"/>
+      <c r="N30" s="1"/>
+      <c r="AV30" s="8"/>
+    </row>
+    <row r="31" spans="1:68" x14ac:dyDescent="0.25">
+      <c r="A31" s="6"/>
+      <c r="B31" s="6"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="10"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="10"/>
       <c r="H31" s="9"/>
-      <c r="I31" s="9"/>
-      <c r="J31" s="10"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
-      <c r="O31" s="1"/>
-[...10 lines deleted...]
-      <c r="G32" s="9"/>
+      <c r="AV31" s="8"/>
+    </row>
+    <row r="32" spans="1:68" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="6"/>
+      <c r="B32" s="6"/>
+      <c r="C32" s="10"/>
+      <c r="D32" s="10"/>
+      <c r="E32" s="10"/>
+      <c r="F32" s="10"/>
+      <c r="G32" s="10"/>
       <c r="H32" s="9"/>
-      <c r="I32" s="9"/>
-      <c r="J32" s="10"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
-      <c r="O32" s="1"/>
-[...78 lines deleted...]
-      <c r="I40" s="1"/>
+      <c r="AV32" s="8"/>
+    </row>
+    <row r="33" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="A33" s="6"/>
+      <c r="B33" s="6"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="10"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="1"/>
+      <c r="G33" s="1"/>
+      <c r="AV33" s="8"/>
+    </row>
+    <row r="34" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="A34" s="6"/>
+      <c r="B34" s="6"/>
+      <c r="C34" s="10"/>
+      <c r="D34" s="10"/>
+      <c r="E34" s="10"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="AV34" s="8"/>
+    </row>
+    <row r="35" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="A35" s="6"/>
+      <c r="B35" s="6"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+    </row>
+    <row r="36" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="A36" s="6"/>
+      <c r="B36" s="6"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+    </row>
+    <row r="37" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
+    </row>
+    <row r="38" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="F38" s="1"/>
+      <c r="G38" s="1"/>
+    </row>
+    <row r="39" spans="1:48" x14ac:dyDescent="0.25">
+      <c r="F39" s="1"/>
+      <c r="G39" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="76">
+  <mergeCells count="75">
+    <mergeCell ref="P21:Q21"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="P23:Q23"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="H9:J9"/>
+    <mergeCell ref="K9:L9"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="H10:J10"/>
+    <mergeCell ref="K10:L10"/>
+    <mergeCell ref="A29:Q29"/>
+    <mergeCell ref="O6:Q6"/>
+    <mergeCell ref="O7:Q7"/>
+    <mergeCell ref="O8:Q8"/>
+    <mergeCell ref="O9:Q9"/>
+    <mergeCell ref="E6:G6"/>
+    <mergeCell ref="E7:G7"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="H11:J11"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="H13:J13"/>
+    <mergeCell ref="K13:L13"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="C26:N26"/>
+    <mergeCell ref="M13:N13"/>
+    <mergeCell ref="K17:K18"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="N17:O18"/>
+    <mergeCell ref="D21:E21"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="J6:L6"/>
+    <mergeCell ref="M8:N8"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="M6:N6"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="A4:Q4"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="O5:Q5"/>
     <mergeCell ref="E8:G8"/>
-    <mergeCell ref="O5:Q5"/>
-[...6 lines deleted...]
-    <mergeCell ref="K9:L9"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:L7"/>
+    <mergeCell ref="M10:N10"/>
+    <mergeCell ref="O10:Q10"/>
+    <mergeCell ref="M7:N7"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="O11:Q11"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="M9:N9"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="O12:Q12"/>
+    <mergeCell ref="M11:N11"/>
     <mergeCell ref="E12:G12"/>
-    <mergeCell ref="E11:G11"/>
-[...12 lines deleted...]
-    <mergeCell ref="O11:Q11"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="M12:N12"/>
-    <mergeCell ref="O12:Q12"/>
-[...37 lines deleted...]
-    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="A15:O15"/>
+    <mergeCell ref="O13:Q13"/>
     <mergeCell ref="E13:G13"/>
-    <mergeCell ref="C10:D10"/>
-[...7 lines deleted...]
-    <mergeCell ref="C7:D7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="_pios_id" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAEABA51931A146AA63819129CF85D1" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="adf8216f055ac342e29f3299db25fae9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="111a0b86-6c67-40f3-bcfb-ed4390397c65" xmlns:ns3="45f8d2cb-35a7-402f-bb1c-1c781c479d24" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fd0a6c4454b1a4d44a6b38a14cb8a2c" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="111a0b86-6c67-40f3-bcfb-ed4390397c65">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="45f8d2cb-35a7-402f-bb1c-1c781c479d24" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAEABA51931A146AA63819129CF85D1" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="36d44068ee01684717130eff3c4399ea">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="111a0b86-6c67-40f3-bcfb-ed4390397c65" xmlns:ns3="45f8d2cb-35a7-402f-bb1c-1c781c479d24" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb0c1a96eb92d688c8ec712a272668e1" ns2:_="" ns3:_="">
     <xsd:import namespace="111a0b86-6c67-40f3-bcfb-ed4390397c65"/>
     <xsd:import namespace="45f8d2cb-35a7-402f-bb1c-1c781c479d24"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -3076,123 +2831,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26256246-1365-47EB-9BF5-F7016A161E51}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2718E063-3A7B-4D5A-B763-D97D2B6D9283}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DC1B489-76C3-44FD-8D63-C8E7E672BC26}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D3966F4-D587-42FF-BE1B-1520FB0B501D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DBD76A2-A149-439F-84FA-1DBD8CA9022F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="111a0b86-6c67-40f3-bcfb-ed4390397c65"/>
     <ds:schemaRef ds:uri="45f8d2cb-35a7-402f-bb1c-1c781c479d24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA75A23F-D319-4F26-8266-2267FA377C45}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>OUTPUT Website DE</vt:lpstr>
-      <vt:lpstr>'OUTPUT Website DE'!Druckbereich</vt:lpstr>
+      <vt:lpstr>OUTPUT Website EN</vt:lpstr>
+      <vt:lpstr>'OUTPUT Website EN'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Nina Sophia Wagener</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAEABA51931A146AA63819129CF85D1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>